--- v0 (2025-11-09)
+++ v1 (2025-12-02)
@@ -1,563 +1,854 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="00D8293A" w:rsidRPr="004B3B43" w:rsidRDefault="00D8293A" w:rsidP="00D8293A">
-[...5 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00827D51" w:rsidRDefault="00827D51" w:rsidP="00125685">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00827D51" w:rsidRDefault="00827D51" w:rsidP="00125685">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00827D51" w:rsidRDefault="00827D51" w:rsidP="00125685">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00827D51">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial CYR"/>
+          <w:noProof/>
           <w:sz w:val="14"/>
-          <w:szCs w:val="14"/>
-[...4 lines deleted...]
-          <w:noProof/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="0">
-[...10 lines deleted...]
-            <wp:docPr id="2" name="Рисунок 2"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="628015" cy="628015"/>
+            <wp:effectExtent l="0" t="0" r="635" b="635"/>
+            <wp:docPr id="3" name="Рисунок 3" descr="Cимвол Ижевский ГМУ (ЧБ для документов)"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 3"/>
+                    <pic:cNvPr id="0" name="Picture 6" descr="Cимвол Ижевский ГМУ (ЧБ для документов)"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4" cstate="print">
-                      <a:lum bright="6000" contrast="6000"/>
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="720725" cy="705485"/>
+                      <a:ext cx="628015" cy="628015"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-            <wp14:sizeRelH relativeFrom="page">
-[...5 lines deleted...]
-          </wp:anchor>
+          </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="004B3B43">
-        <w:rPr>
+    </w:p>
+    <w:p w:rsidR="00125685" w:rsidRPr="00125685" w:rsidRDefault="00125685" w:rsidP="00827D51">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:caps/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
-        </w:rPr>
-[...20 lines deleted...]
-        <w:rPr>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00125685">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:caps/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:rPr>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ФЕДЕРАЛЬНОЕ государственное БЮДЖЕТНОЕ образовательное учреждение высшего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00125685" w:rsidRPr="00827D51" w:rsidRDefault="00125685" w:rsidP="00125685">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:caps/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00827D51">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:caps/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«Ижевск</w:t>
+      </w:r>
+      <w:r w:rsidR="00827D51">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:caps/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ий</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00827D51">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:caps/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственн</w:t>
+      </w:r>
+      <w:r w:rsidR="00827D51">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:caps/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ый</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00827D51">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:caps/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> медицинск</w:t>
+      </w:r>
+      <w:r w:rsidR="00827D51">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:caps/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ий</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00827D51">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:caps/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00827D51">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:caps/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>университет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00827D51">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:caps/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00125685" w:rsidRPr="00125685" w:rsidRDefault="00125685" w:rsidP="00125685">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:caps/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00125685">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:caps/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00125685">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:caps/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>МИНИСТЕРСТВА ЗДРАВООХРАНЕНИЯ РОССИЙСКОЙ ФЕДЕРАЦИИ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D8293A" w:rsidRPr="00671178" w:rsidRDefault="00D8293A" w:rsidP="00D8293A">
-[...31 lines deleted...]
-      <w:pPr>
+    <w:p w:rsidR="00125685" w:rsidRPr="00125685" w:rsidRDefault="00125685" w:rsidP="00125685">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:caps/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00125685">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:caps/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(ФГБОУ ВО </w:t>
+      </w:r>
+      <w:r w:rsidR="00827D51">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:caps/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>И</w:t>
+      </w:r>
+      <w:r w:rsidR="00827D51">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жевский</w:t>
+      </w:r>
+      <w:r w:rsidR="00827D51">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:caps/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ГМУ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00125685">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:caps/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00125685">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Минздрава России)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00125685" w:rsidRPr="00125685" w:rsidRDefault="00125685" w:rsidP="00125685">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567"/>
+        <w:contextualSpacing/>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00125685">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="15895671" wp14:editId="50C5D895">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>71755</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5943600" cy="0"/>
-                <wp:effectExtent l="32385" t="33655" r="34290" b="33020"/>
+                <wp:effectExtent l="32385" t="30480" r="34290" b="36195"/>
                 <wp:wrapNone/>
-                <wp:docPr id="1" name="Прямая соединительная линия 1"/>
+                <wp:docPr id="10" name="Прямая соединительная линия 10"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
                       </wps:cNvCnPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5943600" cy="0"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="57150" cmpd="thickThin">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:noFill/>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="66FC3AA2" id="Прямая соединительная линия 1" o:spid="_x0000_s1026" style="position:absolute;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="0,5.65pt" to="468pt,5.65pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDnkinhWAIAAGoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNFu0zAUfUfiH6y8d0m6rNuithNqWl4G&#10;TNr4ANd2GmuObdle0wohwZ6R9gn8Ag8gTRrwDekfce2mhcELQuTBubavT+495zjDs1Ut0JIZy5Uc&#10;RelBEiEmiaJcLkbR66tZ7yRC1mFJsVCSjaI1s9HZ+OmTYaNz1leVEpQZBCDS5o0eRZVzOo9jSypW&#10;Y3ugNJOwWSpTYwdTs4ipwQ2g1yLuJ8kgbpSh2ijCrIXVYrsZjQN+WTLiXpWlZQ6JUQS1uTCaMM79&#10;GI+HOF8YrCtOujLwP1RRYy7ho3uoAjuMbgz/A6rmxCirSndAVB2rsuSEhR6gmzT5rZvLCmsWegFy&#10;rN7TZP8fLHm5vDCIU9AuQhLXIFH7cfNuc9d+bT9t7tDmffu9/dJ+bu/bb+395hbih80HiP1m+9At&#10;36HUM9lomwPgRF4YzwVZyUt9rsi1RVJNKiwXLHR0tdbwmXAifnTET6yGeubNC0UhB984FWhdlab2&#10;kEAYWgX11nv12MohAotHp9nhIAGRyW4vxvnuoDbWPWeqRj4YRYJLTyzO8fLcOigdUncpflmqGRci&#10;mENI1AD4cXrkoWsNVDkwy/VV1UluleDUp/uD1izmE2HQEnvDhcczA/CP0oy6kTTAVwzTaRc7zMU2&#10;hnwhPR40BwV20dZRb06T0+nJ9CTrZf3BtJclRdF7NptkvcEsPT4qDovJpEjf+u7SLK84pUz66nbu&#10;TrO/c093z7a+3Pt7T0z8GD20CMXu3qHooK4XdGuNuaLrC+PZ8EKDoUNyd/n8jfl1HrJ+/iLGPwAA&#10;AP//AwBQSwMEFAAGAAgAAAAhAFqz8UfYAAAABgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAM&#10;hu9IvENkpN1YOgpTKU2naRMPQNmBY9aYtiJxqiTbuj09nnaAo7/f+v25Wk3OiiOGOHhSsJhnIJBa&#10;bwbqFOw+3x8LEDFpMtp6QgVnjLCq7+8qXRp/og88NqkTXEKx1Ar6lMZSytj26HSc+xGJs28fnE48&#10;hk6aoE9c7qx8yrKldHogvtDrETc9tj/NwSlofGa30zq3zaV4/tr6thjDS1Rq9jCt30AknNLfMlz1&#10;WR1qdtr7A5korAJ+JDFd5CA4fc2XDPY3IOtK/tevfwEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQDnkinhWAIAAGoEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQBas/FH2AAAAAYBAAAPAAAAAAAAAAAAAAAAALIEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAtwUAAAAA&#10;" strokeweight="4.5pt">
+              <v:line w14:anchorId="406CDA1F" id="Прямая соединительная линия 10" o:spid="_x0000_s1026" style="position:absolute;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="0,5.65pt" to="468pt,5.65pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDlN78cWAIAAGwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNFu0zAUfUfiH6y8d0m2rNuithNqWl4G&#10;TNr4ANd2GmuObdle0wohwZ6R9gn8Ag8gTRrwDekfce2mVQcvCJEH59r33pN7zz3O4HxZC7RgxnIl&#10;h1F6kESISaIol/Nh9PZ62juNkHVYUiyUZMNoxWx0Pnr+bNDonB2qSgnKDAIQafNGD6PKOZ3HsSUV&#10;q7E9UJpJcJbK1NjB1sxjanAD6LWID5OkHzfKUG0UYdbCabFxRqOAX5aMuDdlaZlDYhhBbS6sJqwz&#10;v8ajAc7nBuuKk64M/A9V1JhL+OgOqsAOo1vD/4CqOTHKqtIdEFXHqiw5YaEH6CZNfuvmqsKahV6A&#10;HKt3NNn/B0teLy4N4hRmB/RIXMOM2s/rD+v79nv7ZX2P1h/bn+239mv70P5oH9Z3YD+uP4Htne1j&#10;d3yPIB24bLTNAXIsL41ngyzllb5Q5MYiqcYVlnMWerpeafhO6jPiJyl+YzVUNGteKQox+NapQOyy&#10;NLWHBMrQMsxvtZsfWzpE4PD4LDvqJ9AH2fpinG8TtbHuJVM18sYwElx6anGOFxfW+UJwvg3xx1JN&#10;uRBBHkKiBsBP0mMPXWsgy4Fcbq6rbuhWCU59uE+0Zj4bC4MW2EsuPKFP8OyHGXUraYCvGKaTznaY&#10;i40N5Qjp8aA5KLCzNpp6d5acTU4np1kvO+xPellSFL0X03HW60/Tk+PiqBiPi/S97y7N8opTyqSv&#10;bqvvNPs7/XQ3baPMncJ3xMRP0QODUOz2HYoO0/UD3Uhjpujq0mynDpIOwd3183dmfw/2/k9i9AsA&#10;AP//AwBQSwMEFAAGAAgAAAAhAFqz8UfYAAAABgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAM&#10;hu9IvENkpN1YOgpTKU2naRMPQNmBY9aYtiJxqiTbuj09nnaAo7/f+v25Wk3OiiOGOHhSsJhnIJBa&#10;bwbqFOw+3x8LEDFpMtp6QgVnjLCq7+8qXRp/og88NqkTXEKx1Ar6lMZSytj26HSc+xGJs28fnE48&#10;hk6aoE9c7qx8yrKldHogvtDrETc9tj/NwSlofGa30zq3zaV4/tr6thjDS1Rq9jCt30AknNLfMlz1&#10;WR1qdtr7A5korAJ+JDFd5CA4fc2XDPY3IOtK/tevfwEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQDlN78cWAIAAGwEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQBas/FH2AAAAAYBAAAPAAAAAAAAAAAAAAAAALIEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAtwUAAAAA&#10;" strokeweight="4.5pt">
                 <v:stroke linestyle="thickThin"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0062181F" w:rsidRPr="00630555" w:rsidRDefault="0062181F" w:rsidP="0062181F">
-[...7 lines deleted...]
-        <w:spacing w:after="160"/>
+    <w:p w:rsidR="00125685" w:rsidRPr="00125685" w:rsidRDefault="00125685" w:rsidP="00125685">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:contextualSpacing/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-        </w:rPr>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00125685">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-        </w:rPr>
-        <w:tab/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">П Р О Т </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00630555">
-        <w:rPr>
+      <w:r w:rsidRPr="00125685">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-        </w:rPr>
-[...4 lines deleted...]
-      <w:pPr>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>О К О Л</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00125685" w:rsidRPr="00125685" w:rsidRDefault="00125685" w:rsidP="00125685">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00125685" w:rsidRPr="00125685" w:rsidRDefault="00125685" w:rsidP="00125685">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00125685">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«____»________ 20____г.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00125685">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">                       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00125685">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00125685">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">         № ______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00125685" w:rsidRPr="00125685" w:rsidRDefault="00125685" w:rsidP="00125685">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3915"/>
+          <w:tab w:val="center" w:pos="5143"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567"/>
-        <w:jc w:val="both"/>
-[...76 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00125685">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00125685">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>г. Ижевск</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D8293A" w:rsidRDefault="00D8293A" w:rsidP="00D8293A">
-[...37 lines deleted...]
-    <w:sectPr w:rsidR="00706A0C" w:rsidSect="00D8293A">
+    <w:p w:rsidR="00125685" w:rsidRPr="00125685" w:rsidRDefault="00125685" w:rsidP="00125685">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00125685" w:rsidRPr="00125685" w:rsidRDefault="00125685" w:rsidP="00125685">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00125685" w:rsidRPr="00125685" w:rsidRDefault="00125685" w:rsidP="00125685">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00125685" w:rsidRPr="00125685" w:rsidRDefault="00125685" w:rsidP="00125685">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F1AB4" w:rsidRPr="00125685" w:rsidRDefault="006F1AB4">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="006F1AB4" w:rsidRPr="00125685" w:rsidSect="00827D51">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="709" w:right="851" w:bottom="1134" w:left="1701" w:header="720" w:footer="720" w:gutter="0"/>
-      <w:cols w:space="720"/>
+      <w:pgMar w:top="0" w:right="707" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:cols w:space="708"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Pragmatica">
-[...2 lines deleted...]
-    <w:family w:val="auto"/>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000203" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000005" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial CYR">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="156"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00D8293A"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00D8293A"/>
+    <w:rsidRoot w:val="00125685"/>
+    <w:rsid w:val="00125685"/>
+    <w:rsid w:val="006F1AB4"/>
+    <w:rsid w:val="00827D51"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{7AEBECC8-70B6-4B4C-92EB-9B44224CB45F}"/>
+  <w15:docId w15:val="{8BA36B2A-D7B9-44EE-BD46-6A4B55207D97}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -574,51 +865,51 @@
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Title" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
@@ -887,149 +1178,106 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00D8293A"/>
-[...27 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
-[...12 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
-    <w:name w:val="Title"/>
+    <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a4"/>
-    <w:qFormat/>
-    <w:rsid w:val="00D8293A"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00125685"/>
     <w:pPr>
-      <w:jc w:val="center"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
-[...2 lines deleted...]
-      <w:sz w:val="28"/>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
-    <w:name w:val="Название Знак"/>
+    <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a3"/>
-    <w:rsid w:val="00D8293A"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00125685"/>
     <w:rPr>
-      <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -1268,54 +1516,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>43</Words>
-  <Characters>249</Characters>
+  <Words>57</Words>
+  <Characters>327</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>2</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>291</CharactersWithSpaces>
+  <CharactersWithSpaces>383</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Клюжева Ольга Викторовна</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>